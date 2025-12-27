--- v0 (2025-10-09)
+++ v1 (2025-12-27)
@@ -16,50 +16,51 @@
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="00A623AC" w:rsidRPr="00A623AC" w:rsidRDefault="00A623AC" w:rsidP="00A623AC">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t>11. září jsme mrakodrapy  vyhodili do vzduchu my</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004A0556" w:rsidRDefault="004A0556" w:rsidP="004A0556">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A je to venku!! </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -626,289 +627,288 @@
     </w:p>
     <w:p w:rsidR="004A0556" w:rsidRDefault="004A0556" w:rsidP="004A0556">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004A0556" w:rsidRDefault="004A0556" w:rsidP="004A0556">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Bývalý agent, který chce strávit své poslední týdny doma, řekl, že kvůli svým doznáním neočekává zatčení, protože </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>„pak by museli jít i po všech ostatních. K útokům na mě použijí jen média. Jsou placeni za to, aby potlačovali všechno, co se týká 11. září.“</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidR="00B84CD2" w:rsidRPr="004A0556" w:rsidRDefault="00B84CD2">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B84CD2" w:rsidRPr="004A0556">
       <w:headerReference w:type="even" r:id="rId6"/>
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CF61E9" w:rsidRDefault="00CF61E9" w:rsidP="00CF61E9">
+    <w:p w:rsidR="00A86C2A" w:rsidRDefault="00A86C2A" w:rsidP="00A86C2A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CF61E9" w:rsidRDefault="00CF61E9" w:rsidP="00CF61E9">
+    <w:p w:rsidR="00A86C2A" w:rsidRDefault="00A86C2A" w:rsidP="00A86C2A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00CF61E9" w:rsidRDefault="00CF61E9">
+  <w:p w:rsidR="00A86C2A" w:rsidRDefault="00A86C2A">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00CF61E9" w:rsidRDefault="00CF61E9">
+  <w:p w:rsidR="00A86C2A" w:rsidRDefault="00A86C2A">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00CF61E9" w:rsidRDefault="00CF61E9">
+  <w:p w:rsidR="00A86C2A" w:rsidRDefault="00A86C2A">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CF61E9" w:rsidRDefault="00CF61E9" w:rsidP="00CF61E9">
+    <w:p w:rsidR="00A86C2A" w:rsidRDefault="00A86C2A" w:rsidP="00A86C2A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CF61E9" w:rsidRDefault="00CF61E9" w:rsidP="00CF61E9">
+    <w:p w:rsidR="00A86C2A" w:rsidRDefault="00A86C2A" w:rsidP="00A86C2A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00CF61E9" w:rsidRDefault="00CF61E9">
+  <w:p w:rsidR="00A86C2A" w:rsidRDefault="00A86C2A">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00CF61E9" w:rsidRDefault="00CF61E9">
+  <w:p w:rsidR="00A86C2A" w:rsidRDefault="00A86C2A">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict>
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
-        <v:shape id="PowerPlusWaterMarkObject01" o:spid="_x0000_s2049" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:547.95pt;height:91.35pt;rotation:315;z-index:251658240;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" fillcolor="silver" stroked="f">
+        <v:shape id="PowerPlusWaterMarkObject01" o:spid="_x0000_s2049" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:547.95pt;height:68.5pt;rotation:315;z-index:251658240;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:stroke r:id="rId1" o:title=""/>
           <v:shadow color="#868686"/>
-          <v:textpath style="font-family:&quot;Calibri&quot;;font-size:1pt;v-text-kern:t" trim="t" fitpath="t" string="Databáze Českých Elfů"/>
+          <v:textpath style="font-family:&quot;Calibri&quot;;font-size:1pt;v-text-kern:t" trim="t" fitpath="t" string="Eldariel - databáze Českých elfů"/>
           <o:lock v:ext="edit" aspectratio="t"/>
-          <w10:wrap side="largest" anchorx="margin" anchory="margin"/>
+          <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00CF61E9" w:rsidRDefault="00CF61E9">
+  <w:p w:rsidR="00A86C2A" w:rsidRDefault="00A86C2A">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:stylePaneFormatFilter w:val="1008" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="CWI0AB5pmGNLERXd+qQNQ3yy70W+FqWUrzVZvjVYec22EG6cikx0rwKv31EIVr5JzPnf5/OM6BwG7GHwA9n2Sg==" w:salt="fMT0B0Noik78z8/eu1vePw=="/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="TVajgnTEHGJvsUFPSQQ0UXpZjk17nul3llWunEdItpog0DiB4H+EpaxfIIQ+vn6muEXO1sHVnLN3SSnjmxfcDw==" w:salt="LNaddGzn09BFhoQlmJloSQ=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004A0556"/>
     <w:rsid w:val="0009206F"/>
     <w:rsid w:val="00301458"/>
     <w:rsid w:val="0032636C"/>
     <w:rsid w:val="004A0556"/>
     <w:rsid w:val="005E77B5"/>
     <w:rsid w:val="00731C66"/>
     <w:rsid w:val="00924790"/>
     <w:rsid w:val="00A623AC"/>
+    <w:rsid w:val="00A86C2A"/>
     <w:rsid w:val="00B84CD2"/>
-    <w:rsid w:val="00CF61E9"/>
     <w:rsid w:val="00E04DA2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -1686,89 +1686,89 @@
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Siln">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="004A0556"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Zhlav">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normln"/>
     <w:link w:val="ZhlavChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CF61E9"/>
+    <w:rsid w:val="00A86C2A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZhlavChar">
     <w:name w:val="Záhlaví Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Zhlav"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00CF61E9"/>
+    <w:rsid w:val="00A86C2A"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="cs-CZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Zpat">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normln"/>
     <w:link w:val="ZpatChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CF61E9"/>
+    <w:rsid w:val="00A86C2A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZpatChar">
     <w:name w:val="Zápatí Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Zpat"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00CF61E9"/>
+    <w:rsid w:val="00A86C2A"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="cs-CZ"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="1620604471">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>