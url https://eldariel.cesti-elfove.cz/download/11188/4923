--- v0 (2025-10-25)
+++ v1 (2025-12-26)
@@ -1,60 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="00996DE8" w:rsidRPr="00996DE8" w:rsidRDefault="00996DE8" w:rsidP="00996DE8">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00996DE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="003399"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>Prohlášení nově zvoleného prezidenta Srbska</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00996DE8" w:rsidRPr="00996DE8" w:rsidRDefault="00996DE8" w:rsidP="00996DE8">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00996DE8" w:rsidRPr="00996DE8" w:rsidRDefault="00996DE8" w:rsidP="00996DE8">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:jc w:val="both"/>
@@ -88,197 +99,123 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Nově zvolený srbský prezident </w:t>
       </w:r>
       <w:r w:rsidRPr="00996DE8">
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Aleksander Vučič</w:t>
       </w:r>
       <w:r w:rsidRPr="00996DE8">
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve"> se vyjádřil ohledně vstupu Srbska do </w:t>
+        <w:t> se vyjádřil ohledně vstupu Srbska do NATO: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00996DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>My</w:t>
       </w:r>
       <w:r w:rsidRPr="00996DE8">
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>NATO: </w:t>
-[...38 lines deleted...]
-        <w:t>, srbský lid nezapomíná, a proto nikdy do NATO nevstoupíme. Srbsko není bohatá země, ale je hrdá a </w:t>
+        <w:t>, Srbové nikdy nezapomeneme, co NATO udělalo naší zemi, srbský lid nezapomíná, a proto nikdy do NATO nevstoupíme. Srbsko není bohatá země, ale je hrdá a </w:t>
       </w:r>
       <w:r w:rsidRPr="00996DE8">
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>náš osud bude určovat náš národ, ne EU ani NATO.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00996DE8">
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve">Stejně nikdy nedovolíme, aby bylo Srbsko použité jako nástroj nátlaku proti bratrskému ruskému národu. Srbský národ a ruský národ společně bojovali a </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> staletí, proto nás spojuje pouto nejsilnější. Srbsko nikdy neprodá svoji hrdost ani svobodu za žádné peníze, ani jiné výhody. Nikdy nedovolíme, aby nám Evropská unie vnutila falešnou solidaritu ohledně přijetí imigrantů. My jsme nebombardovali ani Sýrii ani jiné státy, a proto nedovolíme, aby Srbsko ohrožovaly hordy utečenců.</w:t>
+        <w:t>Stejně nikdy nedovolíme, aby bylo Srbsko použité jako nástroj nátlaku proti bratrskému ruskému národu. Srbský národ a ruský národ společně bojovali a umírali celá staletí, proto nás spojuje pouto nejsilnější. Srbsko nikdy neprodá svoji hrdost ani svobodu za žádné peníze, ani jiné výhody. Nikdy nedovolíme, aby nám Evropská unie vnutila falešnou solidaritu ohledně přijetí imigrantů. My jsme nebombardovali ani Sýrii ani jiné státy, a proto nedovolíme, aby Srbsko ohrožovaly hordy utečenců.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00996DE8" w:rsidRPr="00996DE8" w:rsidRDefault="00996DE8" w:rsidP="00996DE8">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="003399"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00996DE8" w:rsidRPr="00996DE8" w:rsidRDefault="00996DE8" w:rsidP="00996DE8">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="003399"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00996DE8">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="E02813"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>Slyšeli jste v našich médiích o novém prezidentu Srbské republiky</w:t>
-[...23 lines deleted...]
-        <w:t>  A o tomto jeho prohlášení? Ani slovo,</w:t>
+        <w:t>Slyšeli jste v našich médiích o novém prezidentu Srbské republiky?  A o tomto jeho prohlášení? Ani slovo,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="E02813"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidRPr="00996DE8">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="E02813"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> ticho po pěšině...</w:t>
       </w:r>
@@ -320,153 +257,323 @@
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Zase ta zasraná ČT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="003399"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F724D8" w:rsidRPr="00996DE8" w:rsidRDefault="00F724D8" w:rsidP="00996DE8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F724D8" w:rsidRPr="00996DE8">
+      <w:headerReference w:type="even" r:id="rId6"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="even" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00B458FA" w:rsidRDefault="00B458FA" w:rsidP="00B458FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00B458FA" w:rsidRDefault="00B458FA" w:rsidP="00B458FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00B458FA" w:rsidRDefault="00B458FA">
+    <w:pPr>
+      <w:pStyle w:val="Zpat"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00B458FA" w:rsidRDefault="00B458FA">
+    <w:pPr>
+      <w:pStyle w:val="Zpat"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00B458FA" w:rsidRDefault="00B458FA">
+    <w:pPr>
+      <w:pStyle w:val="Zpat"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00B458FA" w:rsidRDefault="00B458FA" w:rsidP="00B458FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00B458FA" w:rsidRDefault="00B458FA" w:rsidP="00B458FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00B458FA" w:rsidRDefault="00B458FA">
+    <w:pPr>
+      <w:pStyle w:val="Zhlav"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00B458FA" w:rsidRDefault="00B458FA">
+    <w:pPr>
+      <w:pStyle w:val="Zhlav"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
+          <v:formulas>
+            <v:f eqn="sum #0 0 10800"/>
+            <v:f eqn="prod #0 2 1"/>
+            <v:f eqn="sum 21600 0 @1"/>
+            <v:f eqn="sum 0 0 @2"/>
+            <v:f eqn="sum 21600 0 @3"/>
+            <v:f eqn="if @0 @3 0"/>
+            <v:f eqn="if @0 21600 @1"/>
+            <v:f eqn="if @0 0 @2"/>
+            <v:f eqn="if @0 @4 21600"/>
+            <v:f eqn="mid @5 @6"/>
+            <v:f eqn="mid @8 @5"/>
+            <v:f eqn="mid @7 @8"/>
+            <v:f eqn="mid @6 @7"/>
+            <v:f eqn="sum @6 0 @5"/>
+          </v:formulas>
+          <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
+          <v:textpath on="t" fitshape="t"/>
+          <v:handles>
+            <v:h position="#0,bottomRight" xrange="6629,14971"/>
+          </v:handles>
+          <o:lock v:ext="edit" text="t" shapetype="t"/>
+        </v:shapetype>
+        <v:shape id="PowerPlusWaterMarkObject01" o:spid="_x0000_s2049" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:547.95pt;height:68.5pt;rotation:315;z-index:251658240;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" fillcolor="silver" stroked="f">
+          <v:fill opacity=".5"/>
+          <v:stroke r:id="rId1" o:title=""/>
+          <v:shadow color="#868686"/>
+          <v:textpath style="font-family:&quot;Calibri&quot;;font-size:1pt;v-text-kern:t" trim="t" fitpath="t" string="Eldariel - databáze Českých elfů"/>
+          <o:lock v:ext="edit" aspectratio="t"/>
+          <w10:wrap anchorx="margin" anchory="margin"/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00B458FA" w:rsidRDefault="00B458FA">
+    <w:pPr>
+      <w:pStyle w:val="Zhlav"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="vkyTG/6yyI3HPSE6+uDEYH6kI5fWU3/vpiNs28ropNeloms/QZxjQdZ2xrlwFQQznQpGAkTsJlEe7FXc7JijYA==" w:salt="PcUdXOvgxCTYMCX/9heCNg=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="2"/>
+    </o:shapelayout>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00996DE8"/>
     <w:rsid w:val="00911CD6"/>
     <w:rsid w:val="00996DE8"/>
+    <w:rsid w:val="00B458FA"/>
     <w:rsid w:val="00F724D8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0089B3EF"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{04904804-29D1-4ED7-9D24-E500C0214269}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -528,98 +635,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -795,51 +905,50 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -865,77 +974,125 @@
       <w:lang w:eastAsia="cs-CZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Siln">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00996DE8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Zdraznn">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00996DE8"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Zhlav">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="ZhlavChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B458FA"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZhlavChar">
+    <w:name w:val="Záhlaví Char"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:link w:val="Zhlav"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B458FA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Zpat">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="ZpatChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B458FA"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZpatChar">
+    <w:name w:val="Zápatí Char"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:link w:val="Zpat"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B458FA"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="294069735">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1163,51 +1320,51 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>150</Words>
   <Characters>890</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>8</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1038</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Jiří</dc:creator>
+  <dc:creator/>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>